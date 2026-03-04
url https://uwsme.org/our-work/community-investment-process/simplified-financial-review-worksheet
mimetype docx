--- v0 (2025-10-06)
+++ v1 (2026-03-04)
@@ -1,1750 +1,1247 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
-[...15 lines deleted...]
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/word/intelligence2.xml" ContentType="application/vnd.ms-office.intelligence2+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="4500F9C0" w14:textId="663470FE" w:rsidR="00F61351" w:rsidRDefault="00F61351" w:rsidP="00F61351">
+    <w:p w14:paraId="05DF7959" w14:textId="77777777" w:rsidR="00FC02E5" w:rsidRDefault="00FC02E5" w:rsidP="00FC02E5">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2A58E90F" w14:textId="15DCFA75" w:rsidR="008A6C92" w:rsidRPr="002630A9" w:rsidRDefault="008A6C92" w:rsidP="00F446E3">
+    <w:p w14:paraId="693EF3CB" w14:textId="77777777" w:rsidR="00FC02E5" w:rsidRPr="002630A9" w:rsidRDefault="00FC02E5" w:rsidP="00FC02E5">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002630A9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Financial Review Requirements</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01814919" w14:textId="77777777" w:rsidR="00C723B7" w:rsidRPr="00F446E3" w:rsidRDefault="00C723B7" w:rsidP="00F446E3">
+    <w:p w14:paraId="2F1B8FE2" w14:textId="77777777" w:rsidR="00FC02E5" w:rsidRPr="00F446E3" w:rsidRDefault="00FC02E5" w:rsidP="00FC02E5">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="090AAB6E" w14:textId="77777777" w:rsidR="008A6C92" w:rsidRPr="002504ED" w:rsidRDefault="008A6C92" w:rsidP="008A6C92">
+    <w:p w14:paraId="4F6BA279" w14:textId="77777777" w:rsidR="00FC02E5" w:rsidRPr="002504ED" w:rsidRDefault="00FC02E5" w:rsidP="00FC02E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4331EF70" w14:textId="77777777" w:rsidR="006C5582" w:rsidRPr="00217557" w:rsidRDefault="006C5582" w:rsidP="00217557">
+    <w:p w14:paraId="6F44DFD5" w14:textId="77777777" w:rsidR="00FC02E5" w:rsidRPr="00217557" w:rsidRDefault="00FC02E5" w:rsidP="00FC02E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3EF879E4" w14:textId="54774CF2" w:rsidR="00364CBE" w:rsidRPr="00217557" w:rsidRDefault="00AA04E0" w:rsidP="00217557">
+    <w:p w14:paraId="404BF374" w14:textId="77777777" w:rsidR="00FC02E5" w:rsidRPr="00217557" w:rsidRDefault="00FC02E5" w:rsidP="00FC02E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6768A038">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">Applicants with an annual revenue that exceeds $750,000 </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="40CFBFF0" w:rsidRPr="6768A038">
+        <w:t xml:space="preserve">Applicants with an annual revenue that exceeds $750,000 in the preceding year will </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">in the preceding year </w:t>
+        <w:t xml:space="preserve">submit </w:t>
       </w:r>
       <w:r w:rsidRPr="6768A038">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">will </w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">an independent audit performed and financial statements prepared in conformance with the Standards of Accounting and Financial Reporting for Voluntary Health and Welfare Organizations. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A811428" w14:textId="6C1D3347" w:rsidR="00217557" w:rsidRPr="00217557" w:rsidRDefault="00364CBE" w:rsidP="00217557">
+    <w:p w14:paraId="3CC77365" w14:textId="77777777" w:rsidR="00FC02E5" w:rsidRPr="00217557" w:rsidRDefault="00FC02E5" w:rsidP="00FC02E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="06A71013">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>A</w:t>
-[...15 lines deleted...]
-      <w:r w:rsidR="00785FC4">
+        <w:t xml:space="preserve">Applicants with an organizational budget between $250,000 - $750,000 in the preceding year </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>will</w:t>
       </w:r>
-      <w:r w:rsidR="00926B6B" w:rsidRPr="06A71013">
+      <w:r w:rsidRPr="06A71013">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00926B6B" w:rsidRPr="007E5BA2">
+      <w:r w:rsidRPr="007E5BA2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>either</w:t>
       </w:r>
-      <w:r w:rsidR="00926B6B" w:rsidRPr="06A71013">
-[...20 lines deleted...]
-      <w:r w:rsidR="007E5BA2" w:rsidRPr="007E5BA2">
+      <w:r w:rsidRPr="06A71013">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> submit an audit, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E5BA2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
-      <w:r w:rsidR="007E5BA2">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00926B6B" w:rsidRPr="06A71013">
+      <w:r w:rsidRPr="06A71013">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">a review of financial statements, </w:t>
       </w:r>
-      <w:r w:rsidR="00926B6B" w:rsidRPr="007E5BA2">
+      <w:r w:rsidRPr="007E5BA2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
-      <w:r w:rsidR="00926B6B" w:rsidRPr="06A71013">
-[...13 lines deleted...]
-      <w:r w:rsidR="204F3D7B" w:rsidRPr="06A71013">
+      <w:r w:rsidRPr="06A71013">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> answer a series of questions that detail some of their financial processes. See below</w:t>
+      </w:r>
+      <w:r w:rsidRPr="06A71013">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79F54A42" w14:textId="1FEB9002" w:rsidR="0022031F" w:rsidRPr="00217557" w:rsidRDefault="6FF36D51" w:rsidP="06A71013">
+    <w:p w14:paraId="4AA2C3C1" w14:textId="77777777" w:rsidR="00FC02E5" w:rsidRPr="00217557" w:rsidRDefault="00FC02E5" w:rsidP="00FC02E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00217557">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Applicants with revenues in the preceding year of less than $250,000 </w:t>
       </w:r>
-      <w:r w:rsidR="00785FC4">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>will</w:t>
       </w:r>
       <w:r w:rsidRPr="00217557">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> submit an IRS Form 990.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67FCCBAD" w14:textId="77777777" w:rsidR="00217557" w:rsidRDefault="00217557" w:rsidP="006F0172">
+    <w:p w14:paraId="613CA9B0" w14:textId="77777777" w:rsidR="00FC02E5" w:rsidRDefault="00FC02E5" w:rsidP="00FC02E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0F0D4B30" w14:textId="766AD447" w:rsidR="006F0172" w:rsidRDefault="0022031F" w:rsidP="006F0172">
+    <w:p w14:paraId="6F46B853" w14:textId="77777777" w:rsidR="00FC02E5" w:rsidRDefault="00FC02E5" w:rsidP="00FC02E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:commentRangeStart w:id="0"/>
-[...3 lines deleted...]
-      <w:commentRangeStart w:id="4"/>
       <w:r w:rsidRPr="06A71013">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>A</w:t>
-[...83 lines deleted...]
-        <w:t xml:space="preserve"> or review of financial statements</w:t>
+        <w:t xml:space="preserve">Applicants with budgets between $250,000 - $750,000 who do not submit an audit, or review of financial statements will answer the questions below. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Note: </w:t>
       </w:r>
       <w:r w:rsidRPr="06A71013">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> will answer the</w:t>
-[...33 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">If your budget is less than $250,000, you need only submit a </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="008C68AD" w:rsidRPr="06A71013">
+      <w:r w:rsidRPr="06A71013">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>form 990</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="7D46030F" w:rsidRPr="06A71013">
+      <w:r w:rsidRPr="06A71013">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:commentRangeEnd w:id="0"/>
-[...33 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="092E3A6C" w14:textId="77777777" w:rsidR="00926B6B" w:rsidRDefault="00926B6B" w:rsidP="00926B6B">
+    <w:p w14:paraId="071A3DDE" w14:textId="77777777" w:rsidR="00FC02E5" w:rsidRDefault="00FC02E5" w:rsidP="00FC02E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4565B0EB" w14:textId="77777777" w:rsidR="002F6388" w:rsidRPr="002F6388" w:rsidRDefault="00926B6B" w:rsidP="00926B6B">
+    <w:p w14:paraId="14C42EEA" w14:textId="77777777" w:rsidR="00FC02E5" w:rsidRPr="002F6388" w:rsidRDefault="00FC02E5" w:rsidP="00FC02E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="116CAE1C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Who completes your financial statements and how frequently are reports available (monthly, quarterly, or annually)?  </w:t>
+        <w:t xml:space="preserve">Who completes your financial statements and how frequently </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="116CAE1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>are reports</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="116CAE1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> available (monthly, quarterly, or annually)?  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="442392DA" w14:textId="77777777" w:rsidR="002F6388" w:rsidRPr="002F6388" w:rsidRDefault="002F6388" w:rsidP="002F6388">
+    <w:p w14:paraId="45488280" w14:textId="77777777" w:rsidR="00FC02E5" w:rsidRPr="002F6388" w:rsidRDefault="00FC02E5" w:rsidP="00FC02E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7D066FBA" w14:textId="77777777" w:rsidR="002F6388" w:rsidRPr="002F6388" w:rsidRDefault="00926B6B" w:rsidP="00926B6B">
+    <w:p w14:paraId="09C34AE2" w14:textId="77777777" w:rsidR="00FC02E5" w:rsidRPr="002F6388" w:rsidRDefault="00FC02E5" w:rsidP="00FC02E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="116CAE1C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Are the reports completed by a third party or employee of the organization?  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4291A522" w14:textId="77777777" w:rsidR="002F6388" w:rsidRPr="002F6388" w:rsidRDefault="002F6388" w:rsidP="002F6388">
+    <w:p w14:paraId="241C8689" w14:textId="77777777" w:rsidR="00FC02E5" w:rsidRPr="002F6388" w:rsidRDefault="00FC02E5" w:rsidP="00FC02E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4D83FBE7" w14:textId="6940FBBD" w:rsidR="00926B6B" w:rsidRDefault="00926B6B" w:rsidP="00926B6B">
+    <w:p w14:paraId="756205B7" w14:textId="77777777" w:rsidR="00FC02E5" w:rsidRDefault="00FC02E5" w:rsidP="00FC02E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="116CAE1C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Are they provided to the board? </w:t>
       </w:r>
       <w:r w:rsidRPr="116CAE1C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Please describe the content, form, and frequency of these reports as well as who prepares them.” </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B63AF5F" w14:textId="77777777" w:rsidR="00926B6B" w:rsidRDefault="00926B6B" w:rsidP="00926B6B">
+    <w:p w14:paraId="4C82366A" w14:textId="77777777" w:rsidR="00FC02E5" w:rsidRDefault="00FC02E5" w:rsidP="00FC02E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1A4BC347" w14:textId="35649090" w:rsidR="00926B6B" w:rsidRDefault="149DB4A0" w:rsidP="06A71013">
+    <w:p w14:paraId="3A6E60F1" w14:textId="77777777" w:rsidR="00FC02E5" w:rsidRDefault="00FC02E5" w:rsidP="00FC02E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="06A71013">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>Please send the last three months’ bank statements and confirm the current restricted and unrestricted cash position of the organization and the current investment balances.</w:t>
+        <w:t xml:space="preserve">Please send the last three months’ bank statements and confirm the current restricted and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="06A71013">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>unrestricted cash</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="06A71013">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> position of the organization and the current investment balances.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="678F469E" w14:textId="77777777" w:rsidR="00926B6B" w:rsidRDefault="00926B6B" w:rsidP="00926B6B">
+    <w:p w14:paraId="3789CEA0" w14:textId="77777777" w:rsidR="00FC02E5" w:rsidRDefault="00FC02E5" w:rsidP="00FC02E5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7E9514B4" w14:textId="77777777" w:rsidR="00926B6B" w:rsidRPr="00E405BE" w:rsidRDefault="00926B6B" w:rsidP="00926B6B">
+    <w:p w14:paraId="3CC89822" w14:textId="77777777" w:rsidR="00FC02E5" w:rsidRPr="00E405BE" w:rsidRDefault="00FC02E5" w:rsidP="00FC02E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="032A0B21">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Please complete the following debt summary table, if applicable. If not applicable, please indicate “N/A.”</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38484084" w14:textId="4450C808" w:rsidR="00926B6B" w:rsidRPr="00353CF1" w:rsidRDefault="00926B6B" w:rsidP="00926B6B">
+    <w:p w14:paraId="7681192E" w14:textId="77777777" w:rsidR="00FC02E5" w:rsidRPr="00353CF1" w:rsidRDefault="00FC02E5" w:rsidP="00FC02E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00353CF1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">              </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="715" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="400"/>
         <w:gridCol w:w="1935"/>
         <w:gridCol w:w="1935"/>
         <w:gridCol w:w="1760"/>
         <w:gridCol w:w="2110"/>
         <w:gridCol w:w="1935"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00353CF1" w:rsidRPr="00505386" w14:paraId="5F29529A" w14:textId="77777777" w:rsidTr="7C7552B2">
+      <w:tr w:rsidR="00FC02E5" w:rsidRPr="00505386" w14:paraId="198DAFCA" w14:textId="77777777" w:rsidTr="005C0813">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0C601CAC" w14:textId="77777777" w:rsidR="00353CF1" w:rsidRPr="00505386" w:rsidRDefault="00353CF1" w:rsidP="00926B6B">
+          <w:p w14:paraId="51AFE8D4" w14:textId="77777777" w:rsidR="00FC02E5" w:rsidRPr="00505386" w:rsidRDefault="00FC02E5" w:rsidP="005C0813">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1935" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5E38B6E4" w14:textId="028EE9A9" w:rsidR="00353CF1" w:rsidRPr="00505386" w:rsidRDefault="00353CF1" w:rsidP="00926B6B">
+          <w:p w14:paraId="6483F53D" w14:textId="77777777" w:rsidR="00FC02E5" w:rsidRPr="00505386" w:rsidRDefault="00FC02E5" w:rsidP="005C0813">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00505386">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Principal Due</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1935" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="40CD42D0" w14:textId="7F00EA88" w:rsidR="00353CF1" w:rsidRPr="00505386" w:rsidRDefault="00353CF1" w:rsidP="00926B6B">
+          <w:p w14:paraId="35641867" w14:textId="77777777" w:rsidR="00FC02E5" w:rsidRPr="00505386" w:rsidRDefault="00FC02E5" w:rsidP="005C0813">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00505386">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Maturity Date  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1760" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1D88F451" w14:textId="50A5FF9E" w:rsidR="00353CF1" w:rsidRPr="00505386" w:rsidRDefault="00353CF1" w:rsidP="00926B6B">
+          <w:p w14:paraId="5C08E8D4" w14:textId="77777777" w:rsidR="00FC02E5" w:rsidRPr="00505386" w:rsidRDefault="00FC02E5" w:rsidP="005C0813">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00505386">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Payment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2110" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2A11773B" w14:textId="610A3FDB" w:rsidR="00353CF1" w:rsidRPr="00505386" w:rsidRDefault="00353CF1" w:rsidP="00926B6B">
+          <w:p w14:paraId="5CD8FCCF" w14:textId="77777777" w:rsidR="00FC02E5" w:rsidRPr="00505386" w:rsidRDefault="00FC02E5" w:rsidP="005C0813">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="7C7552B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Line of Credit </w:t>
             </w:r>
             <w:r w:rsidRPr="7C7552B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Y/N  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1935" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7B17E7EC" w14:textId="6A16AB3A" w:rsidR="00353CF1" w:rsidRPr="00505386" w:rsidRDefault="00353CF1" w:rsidP="00926B6B">
+          <w:p w14:paraId="0B676B57" w14:textId="77777777" w:rsidR="00FC02E5" w:rsidRPr="00505386" w:rsidRDefault="00FC02E5" w:rsidP="005C0813">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00505386">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Line Availability</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00353CF1" w14:paraId="3B453FF9" w14:textId="77777777" w:rsidTr="7C7552B2">
+      <w:tr w:rsidR="00FC02E5" w14:paraId="06DFF0B1" w14:textId="77777777" w:rsidTr="005C0813">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="49D54D50" w14:textId="45ABF1B9" w:rsidR="00353CF1" w:rsidRDefault="00353CF1" w:rsidP="00926B6B">
+          <w:p w14:paraId="6B9DA149" w14:textId="77777777" w:rsidR="00FC02E5" w:rsidRDefault="00FC02E5" w:rsidP="005C0813">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1935" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1703DE4A" w14:textId="77777777" w:rsidR="00353CF1" w:rsidRDefault="00353CF1" w:rsidP="00926B6B">
+          <w:p w14:paraId="1941639C" w14:textId="77777777" w:rsidR="00FC02E5" w:rsidRDefault="00FC02E5" w:rsidP="005C0813">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1935" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0A7389C3" w14:textId="77777777" w:rsidR="00353CF1" w:rsidRDefault="00353CF1" w:rsidP="00926B6B">
+          <w:p w14:paraId="7C971556" w14:textId="77777777" w:rsidR="00FC02E5" w:rsidRDefault="00FC02E5" w:rsidP="005C0813">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1760" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0D78BF41" w14:textId="77777777" w:rsidR="00353CF1" w:rsidRDefault="00353CF1" w:rsidP="00926B6B">
+          <w:p w14:paraId="4B1A70E3" w14:textId="77777777" w:rsidR="00FC02E5" w:rsidRDefault="00FC02E5" w:rsidP="005C0813">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2110" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6C4DEA0A" w14:textId="77777777" w:rsidR="00353CF1" w:rsidRDefault="00353CF1" w:rsidP="00926B6B">
+          <w:p w14:paraId="50699CFD" w14:textId="77777777" w:rsidR="00FC02E5" w:rsidRDefault="00FC02E5" w:rsidP="005C0813">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1935" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="04188224" w14:textId="77777777" w:rsidR="00353CF1" w:rsidRDefault="00353CF1" w:rsidP="00926B6B">
+          <w:p w14:paraId="7EB87EA8" w14:textId="77777777" w:rsidR="00FC02E5" w:rsidRDefault="00FC02E5" w:rsidP="005C0813">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00353CF1" w14:paraId="20BB5C2D" w14:textId="77777777" w:rsidTr="7C7552B2">
+      <w:tr w:rsidR="00FC02E5" w14:paraId="435E6E19" w14:textId="77777777" w:rsidTr="005C0813">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4F52C02D" w14:textId="752BF6C5" w:rsidR="00353CF1" w:rsidRDefault="00353CF1" w:rsidP="00926B6B">
+          <w:p w14:paraId="58215AF1" w14:textId="77777777" w:rsidR="00FC02E5" w:rsidRDefault="00FC02E5" w:rsidP="005C0813">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1935" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="34A35D35" w14:textId="77777777" w:rsidR="00353CF1" w:rsidRDefault="00353CF1" w:rsidP="00926B6B">
+          <w:p w14:paraId="12AAA293" w14:textId="77777777" w:rsidR="00FC02E5" w:rsidRDefault="00FC02E5" w:rsidP="005C0813">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1935" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A3B9271" w14:textId="77777777" w:rsidR="00353CF1" w:rsidRDefault="00353CF1" w:rsidP="00926B6B">
+          <w:p w14:paraId="372B9EC5" w14:textId="77777777" w:rsidR="00FC02E5" w:rsidRDefault="00FC02E5" w:rsidP="005C0813">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1760" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A6DF13C" w14:textId="77777777" w:rsidR="00353CF1" w:rsidRDefault="00353CF1" w:rsidP="00926B6B">
+          <w:p w14:paraId="1F76BC57" w14:textId="77777777" w:rsidR="00FC02E5" w:rsidRDefault="00FC02E5" w:rsidP="005C0813">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2110" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46CC721F" w14:textId="77777777" w:rsidR="00353CF1" w:rsidRDefault="00353CF1" w:rsidP="00926B6B">
+          <w:p w14:paraId="2924281A" w14:textId="77777777" w:rsidR="00FC02E5" w:rsidRDefault="00FC02E5" w:rsidP="005C0813">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1935" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C42FB9C" w14:textId="77777777" w:rsidR="00353CF1" w:rsidRDefault="00353CF1" w:rsidP="00926B6B">
+          <w:p w14:paraId="6B2346C2" w14:textId="77777777" w:rsidR="00FC02E5" w:rsidRDefault="00FC02E5" w:rsidP="005C0813">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00353CF1" w14:paraId="09B01446" w14:textId="77777777" w:rsidTr="7C7552B2">
+      <w:tr w:rsidR="00FC02E5" w14:paraId="034E88C7" w14:textId="77777777" w:rsidTr="005C0813">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4ECBEF48" w14:textId="454967A9" w:rsidR="00353CF1" w:rsidRDefault="00353CF1" w:rsidP="00926B6B">
+          <w:p w14:paraId="18B28509" w14:textId="77777777" w:rsidR="00FC02E5" w:rsidRDefault="00FC02E5" w:rsidP="005C0813">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1935" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00A77B32" w14:textId="77777777" w:rsidR="00353CF1" w:rsidRDefault="00353CF1" w:rsidP="00926B6B">
+          <w:p w14:paraId="13A6567B" w14:textId="77777777" w:rsidR="00FC02E5" w:rsidRDefault="00FC02E5" w:rsidP="005C0813">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1935" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="342DDF11" w14:textId="77777777" w:rsidR="00353CF1" w:rsidRDefault="00353CF1" w:rsidP="00926B6B">
+          <w:p w14:paraId="6F50669A" w14:textId="77777777" w:rsidR="00FC02E5" w:rsidRDefault="00FC02E5" w:rsidP="005C0813">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1760" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5ED367F7" w14:textId="77777777" w:rsidR="00353CF1" w:rsidRDefault="00353CF1" w:rsidP="00926B6B">
+          <w:p w14:paraId="7A7D0B71" w14:textId="77777777" w:rsidR="00FC02E5" w:rsidRDefault="00FC02E5" w:rsidP="005C0813">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2110" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6F485D6F" w14:textId="77777777" w:rsidR="00353CF1" w:rsidRDefault="00353CF1" w:rsidP="00926B6B">
+          <w:p w14:paraId="2A2CE4AA" w14:textId="77777777" w:rsidR="00FC02E5" w:rsidRDefault="00FC02E5" w:rsidP="005C0813">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1935" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="463566A8" w14:textId="77777777" w:rsidR="00353CF1" w:rsidRDefault="00353CF1" w:rsidP="00926B6B">
+          <w:p w14:paraId="174D15EB" w14:textId="77777777" w:rsidR="00FC02E5" w:rsidRDefault="00FC02E5" w:rsidP="005C0813">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7FC72041" w14:textId="77777777" w:rsidR="002F66EF" w:rsidRDefault="002F66EF" w:rsidP="00926B6B">
+    <w:p w14:paraId="76E1FACE" w14:textId="77777777" w:rsidR="00FC02E5" w:rsidRDefault="00FC02E5" w:rsidP="00FC02E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="434C0BC7" w14:textId="77777777" w:rsidR="00505386" w:rsidRDefault="00505386" w:rsidP="00926B6B">
+    <w:p w14:paraId="565F99BD" w14:textId="77777777" w:rsidR="00FC02E5" w:rsidRDefault="00FC02E5" w:rsidP="00FC02E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0F9E7AD1" w14:textId="77777777" w:rsidR="00926B6B" w:rsidRDefault="00926B6B" w:rsidP="00926B6B">
+    <w:p w14:paraId="2C99BD9B" w14:textId="77777777" w:rsidR="00FC02E5" w:rsidRDefault="00FC02E5" w:rsidP="00FC02E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="032A0B21">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">What are the primary streams of revenue: grants, fundraising, and/or program? If more than one stream, what percentage on average is the contribution from each stream? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DDA5800" w14:textId="77777777" w:rsidR="00926B6B" w:rsidRDefault="00926B6B" w:rsidP="00926B6B">
+    <w:p w14:paraId="210BA3E6" w14:textId="77777777" w:rsidR="00FC02E5" w:rsidRDefault="00FC02E5" w:rsidP="00FC02E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6800EA3B" w14:textId="1113E6FA" w:rsidR="00926B6B" w:rsidRDefault="00926B6B" w:rsidP="06A71013">
+    <w:p w14:paraId="569B780F" w14:textId="77777777" w:rsidR="00FC02E5" w:rsidRDefault="00FC02E5" w:rsidP="00FC02E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="06A71013">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>Please describe the financial background and expertise of board members</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve">Please describe the financial background and expertise of board members. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0626D5BE" w14:textId="77777777" w:rsidR="00926B6B" w:rsidRDefault="00926B6B" w:rsidP="00926B6B">
+    <w:p w14:paraId="2559B88F" w14:textId="77777777" w:rsidR="00FC02E5" w:rsidRDefault="00FC02E5" w:rsidP="00FC02E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1AE29A9D" w14:textId="77777777" w:rsidR="00926B6B" w:rsidRPr="008715CA" w:rsidRDefault="00926B6B" w:rsidP="00505386">
+    <w:p w14:paraId="7E0A0902" w14:textId="77777777" w:rsidR="00FC02E5" w:rsidRPr="008715CA" w:rsidRDefault="00FC02E5" w:rsidP="00FC02E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00505386">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Describe the circumstances in which you would be unable to deliver on mission due to staffing/hiring issues.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00926B6B" w:rsidRPr="008715CA" w:rsidSect="00322E43">
-[...1 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId15"/>
+    <w:p w14:paraId="6208815E" w14:textId="77777777" w:rsidR="00FC02E5" w:rsidRDefault="00FC02E5" w:rsidP="00FC02E5"/>
+    <w:p w14:paraId="2983622C" w14:textId="77777777" w:rsidR="00DC432C" w:rsidRDefault="00DC432C"/>
+    <w:sectPr w:rsidR="00DC432C" w:rsidSect="00FC02E5">
+      <w:headerReference w:type="default" r:id="rId5"/>
+      <w:footerReference w:type="default" r:id="rId6"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1526" w:right="720" w:bottom="547" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
-[...253 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="MS Mincho">
-[...5 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Roboto">
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000AFF" w:usb1="5000217F" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="MS Gothic">
-[...13 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="26044462" w14:textId="431AFCE0" w:rsidR="005C0A6C" w:rsidRPr="005C0A6C" w:rsidRDefault="005C0A6C" w:rsidP="005C0A6C">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="71C37668" w14:textId="77777777" w:rsidR="00FC02E5" w:rsidRPr="005C0A6C" w:rsidRDefault="00FC02E5" w:rsidP="005C0A6C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...30 lines deleted...]
-
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="4D291A13" w14:textId="1C139B0E" w:rsidR="00C723B7" w:rsidRDefault="00D53666" w:rsidP="00C723B7">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7B57E5DC" w14:textId="77777777" w:rsidR="00FC02E5" w:rsidRDefault="00FC02E5" w:rsidP="00C723B7">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r w:rsidRPr="00C25A58">
       <w:rPr>
         <w:rStyle w:val="IntenseQuoteChar"/>
         <w:rFonts w:ascii="Arial" w:eastAsia="Roboto" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="37302514" wp14:editId="41ED4519">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="652F9C5E" wp14:editId="6E8EA7AC">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4742815</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-250190</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="2174875" cy="749938"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="1975086283" name="Picture 1" descr="A close-up of a logo&#10;&#10;Description automatically generated"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="175468623" name="Picture 1" descr="A close-up of a logo&#10;&#10;Description automatically generated"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1" cstate="print">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -1759,177 +1256,56 @@
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2174875" cy="749938"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/intelligence2.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="2F087A5C"/>
+    <w:nsid w:val="485C24B2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="BC78E186"/>
-[...112 lines deleted...]
-    <w:tmpl w:val="8AD203FA"/>
+    <w:tmpl w:val="02802A46"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
@@ -1995,342 +1371,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-[...290 lines deleted...]
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="62725298"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="03D8B88A"/>
     <w:lvl w:ilvl="0" w:tplc="32C88C10">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="D40091B0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="858E06EC">
@@ -2375,369 +1460,126 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="F3C440BC">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="DC6CB240">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
-[...94 lines deleted...]
-  <w:num w:numId="4" w16cid:durableId="224881782">
+  <w:num w:numId="1" w16cid:durableId="1098795104">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1098795104">
-[...5 lines deleted...]
-  <w:num w:numId="7" w16cid:durableId="841774395">
+  <w:num w:numId="2" w16cid:durableId="1865484223">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
-<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
-[...12 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:footnotePr>
-[...8 lines deleted...]
-  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="008A6C92"/>
-[...124 lines deleted...]
-    <w:rsid w:val="7F913DD8"/>
+    <w:rsidRoot w:val="00FC02E5"/>
+    <w:rsid w:val="002C70EC"/>
+    <w:rsid w:val="003C0D41"/>
+    <w:rsid w:val="00653A51"/>
+    <w:rsid w:val="00DC432C"/>
+    <w:rsid w:val="00FC02E5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
+  <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="00B73BA1"/>
+  <w14:docId w14:val="5E3ED8EC"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{EB28A096-E733-4D58-96FC-CC0BD5FAED06}"/>
+  <w15:docId w15:val="{3A356AA4-2465-4BAB-93AF-6D5B56587D05}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-        <w:sz w:val="22"/>
-        <w:szCs w:val="22"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3078,485 +1920,821 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="008A6C92"/>
+    <w:rsid w:val="00FC02E5"/>
+    <w:pPr>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC02E5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC02E5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC02E5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC02E5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC02E5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC02E5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC02E5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC02E5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC02E5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00FC02E5"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FC02E5"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FC02E5"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FC02E5"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FC02E5"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FC02E5"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FC02E5"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FC02E5"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FC02E5"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC02E5"/>
+    <w:pPr>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00FC02E5"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC02E5"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00FC02E5"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Quote">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="QuoteChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC02E5"/>
+    <w:pPr>
+      <w:spacing w:before="160"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+    <w:name w:val="Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Quote"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00FC02E5"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="008A6C92"/>
+    <w:rsid w:val="00FC02E5"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FootnoteReference">
-    <w:name w:val="footnote reference"/>
+  <w:style w:type="character" w:styleId="IntenseEmphasis">
+    <w:name w:val="Intense Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:uiPriority w:val="99"/>
-[...2 lines deleted...]
-    <w:rsid w:val="008A6C92"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC02E5"/>
     <w:rPr>
-      <w:vertAlign w:val="superscript"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
-[...12 lines deleted...]
-    <w:name w:val="footnote text"/>
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
+    <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="FootnoteTextChar"/>
-[...3 lines deleted...]
-    <w:rsid w:val="008A6C92"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="IntenseQuoteChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC02E5"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="20"/>
-      <w:szCs w:val="20"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar1">
-    <w:name w:val="Footnote Text Char1"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:uiPriority w:val="99"/>
-[...1 lines deleted...]
-    <w:rsid w:val="008A6C92"/>
+    <w:link w:val="IntenseQuote"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00FC02E5"/>
     <w:rPr>
-      <w:sz w:val="20"/>
-      <w:szCs w:val="20"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentReference">
-    <w:name w:val="annotation reference"/>
+  <w:style w:type="character" w:styleId="IntenseReference">
+    <w:name w:val="Intense Reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:uiPriority w:val="99"/>
-[...42 lines deleted...]
-    <w:rsid w:val="00FA46C5"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC02E5"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
-    </w:rPr>
-[...12 lines deleted...]
-      <w:szCs w:val="20"/>
+      <w:smallCaps/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00C723B7"/>
+    <w:rsid w:val="00FC02E5"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00C723B7"/>
+    <w:rsid w:val="00FC02E5"/>
+    <w:rPr>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00C723B7"/>
+    <w:rsid w:val="00FC02E5"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00C723B7"/>
-[...9 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="00FC02E5"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00353CF1"/>
+    <w:rsid w:val="00FC02E5"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Mention">
-[...54 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-[...14 lines deleted...]
-  </w:divs>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId17" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId19" Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -3574,65 +2752,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
-[...5 lines deleted...]
-        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -3653,211 +2831,249 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100D01D8CFF9E265746BBC4C182FFFC32A1" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="562f620f7c640d798663a6d64cf183dd">
-[...2 lines deleted...]
-    <xsd:import namespace="d37e2c2f-0970-413f-a2af-bb439594b8d9"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B47780D609A069449D12C82762F3BA17" ma:contentTypeVersion="23" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="18513a606637f6932d2f0058e9c385d0">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="de56053a-96c2-45b3-aef1-24201ea8ad10" xmlns:ns3="169fdfbc-f132-477a-a677-ae7c738cf579" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ac07f5a7c6e21995d5b6388592782d70" ns2:_="" ns3:_="">
+    <xsd:import namespace="de56053a-96c2-45b3-aef1-24201ea8ad10"/>
+    <xsd:import namespace="169fdfbc-f132-477a-a677-ae7c738cf579"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
-[...5 lines deleted...]
-                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:DateandTime" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:Date_x002f_Time" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="2a48a841-f3df-4e4c-9669-85d8265c13eb" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="de56053a-96c2-45b3-aef1-24201ea8ad10" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="12" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+    <xsd:element name="MediaServiceDateTaken" ma:index="10" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="11" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceKeyPoints" ma:index="13" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+    <xsd:element name="MediaServiceKeyPoints" ma:index="12" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceOCR" ma:index="14" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+    <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="15" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceGenerationTime" ma:index="15" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
-[...14 lines deleted...]
-    <xsd:element name="MediaServiceLocation" ma:index="18" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+    <xsd:element name="MediaServiceLocation" ma:index="16" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="19" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="21" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="15c67a8e-e455-429a-a24f-3ed8fc9b9723" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+    <xsd:element name="DateandTime" ma:index="20" nillable="true" ma:displayName="Date and Time" ma:format="DateTime" ma:internalName="DateandTime">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="22" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="15c67a8e-e455-429a-a24f-3ed8fc9b9723" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="MediaServiceSearchProperties" ma:index="23" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+    <xsd:element name="Date_x002f_Time" ma:index="24" nillable="true" ma:displayName="Date/Time" ma:format="DateTime" ma:internalName="Date_x002f_Time">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="25" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="26" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="27" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d37e2c2f-0970-413f-a2af-bb439594b8d9" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="169fdfbc-f132-477a-a677-ae7c738cf579" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="17" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="18" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="TaxCatchAll" ma:index="22" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{44210709-b901-45e2-802f-d4abcd46b2de}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="d37e2c2f-0970-413f-a2af-bb439594b8d9">
+    <xsd:element name="TaxCatchAll" ma:index="23" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{95ed0e76-d75d-45f7-b79b-9341fe111a08}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="169fdfbc-f132-477a-a677-ae7c738cf579">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
@@ -3936,116 +3152,89 @@
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <TaxCatchAll xmlns="d37e2c2f-0970-413f-a2af-bb439594b8d9" xsi:nil="true"/>
-    <lcf76f155ced4ddcb4097134ff3c332f xmlns="2a48a841-f3df-4e4c-9669-85d8265c13eb">
+    <DateandTime xmlns="de56053a-96c2-45b3-aef1-24201ea8ad10" xsi:nil="true"/>
+    <TaxCatchAll xmlns="169fdfbc-f132-477a-a677-ae7c738cf579" xsi:nil="true"/>
+    <Date_x002f_Time xmlns="de56053a-96c2-45b3-aef1-24201ea8ad10" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="de56053a-96c2-45b3-aef1-24201ea8ad10">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5F3554B9-1FBF-4D58-84EF-1212B81FCD00}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AB33E315-3F03-4358-BDF3-19D99FFC228A}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1B0C3C56-B717-4624-BCC8-166499A00FF0}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{42EB50D8-2745-4252-BB08-FBA76EF66245}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{75888B2D-DC7A-48B2-8EE9-13F3B1250DA9}">
-[...6 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3FE504E8-8D61-41AB-A1EC-9DA978A06E51}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>294</Words>
-  <Characters>1682</Characters>
+  <Words>300</Words>
+  <Characters>1635</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>14</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>64</Lines>
+  <Paragraphs>21</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1973</CharactersWithSpaces>
+  <CharactersWithSpaces>1945</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Dan Coyne</dc:creator>
+  <dc:creator>Karen Stephenson</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100D01D8CFF9E265746BBC4C182FFFC32A1</vt:lpwstr>
-[...2 lines deleted...]
-    <vt:lpwstr/>
+    <vt:lpwstr>0x010100B47780D609A069449D12C82762F3BA17</vt:lpwstr>
   </property>
 </Properties>
 </file>